--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -841,67 +841,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETRII_U01: </w:t>
       </w:r>
     </w:p>
@@ -921,277 +921,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U19, K_U01, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ETRII_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować układy elektroniczne potrzebne do realizacjii zadania technicznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U19, K_U01, K_U05, K_U06, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ETRII_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ETRII_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaproponować układy elektroniczne potrzebne do realizacjii zadania technicznego</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować prosty układ do badania właściwości elementów elektronicznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
+        <w:t xml:space="preserve">egzamin; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09, K_U19</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ETRII_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ETRII_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zbudować prosty układ do badania właściwości elementów elektronicznych. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować prosty układ do badania właściwości elementów elektronicznych. Umie przeprowadzić analizę wyników przeprowadzonych eksperymentów, w tym symulacyjnych, sformułować właściwe wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin; </w:t>
+        <w:t xml:space="preserve">kolokwium i sprawdziany w laboratorium, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U11, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETRII_S01: </w:t>
       </w:r>
     </w:p>