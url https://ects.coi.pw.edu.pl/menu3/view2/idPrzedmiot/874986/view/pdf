--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -841,67 +841,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETRII_U01: </w:t>
       </w:r>
     </w:p>
@@ -921,277 +921,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09, K_U19</w:t>
+        <w:t xml:space="preserve">K_U06, K_U01, K_U09, K_U05, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ETRII_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować układy elektroniczne potrzebne do realizacjii zadania technicznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U19, K_U01, K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ETRII_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować prosty układ do badania właściwości elementów elektronicznych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ETRII_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ETRII_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaproponować układy elektroniczne potrzebne do realizacjii zadania technicznego</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbudować prosty układ do badania właściwości elementów elektronicznych. Umie przeprowadzić analizę wyników przeprowadzonych eksperymentów, w tym symulacyjnych, sformułować właściwe wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin; kollokwium i sprawdziany w laboratorium</w:t>
+        <w:t xml:space="preserve">kolokwium i sprawdziany w laboratorium, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U01, K_U05, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U01, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETRII_S01: </w:t>
       </w:r>
     </w:p>