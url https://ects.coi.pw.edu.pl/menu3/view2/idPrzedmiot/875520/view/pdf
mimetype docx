--- v0 (2025-12-29)
+++ v1 (2026-03-02)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTCz_nst_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Znajomość budowy przetworników pomiarowych wielkości geometrycznych stosowanych w urządzeniach mechatroniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -923,51 +923,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTCz_nst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opanowanie podstawowych umiejętności w zakresie opracowania wyników pomiarów w szczególności wielkości geometrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>