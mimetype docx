--- v1 (2026-03-02)
+++ v2 (2026-03-23)
@@ -923,51 +923,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTCz_nst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opanowanie podstawowych umiejętności w zakresie opracowania wyników pomiarów w szczególności wielkości geometrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>