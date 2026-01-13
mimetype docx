--- v0 (2025-12-01)
+++ v1 (2026-01-13)
@@ -1034,51 +1034,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium + ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W10</w:t>
+        <w:t xml:space="preserve">K_W02, K_W10, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1324,67 +1324,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U11, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ3z_nst_K01: </w:t>
       </w:r>
     </w:p>