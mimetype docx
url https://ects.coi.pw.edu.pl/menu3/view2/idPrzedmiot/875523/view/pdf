--- v1 (2026-01-13)
+++ v2 (2026-03-01)
@@ -1034,51 +1034,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium + ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W10, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1270,51 +1270,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ3z_nst_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokumentować wyniki pracy i przedstawić je w formie pisemnego opracowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>