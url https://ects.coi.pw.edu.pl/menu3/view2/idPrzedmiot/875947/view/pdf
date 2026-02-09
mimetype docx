--- v0 (2026-01-11)
+++ v1 (2026-02-09)
@@ -850,271 +850,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ELM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcie równoliczności, przeliczalności, podstawowe własności zbiorów równolicznych, zbiorów przeliczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ELM_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ELM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcie równoliczności, przeliczalności, podstawowe własności zbiorów równolicznych, zbiorów przeliczalnych.</w:t>
+        <w:t xml:space="preserve">Rozumie pojęcie i znaczenie dowodu. Umie dowodzić prawdziwości tautologii, równości zbiorów, podstawowych własności relacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W06</w:t>
+        <w:t xml:space="preserve">MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ELM_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ELM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie pojęcie i znaczenie dowodu. Umie dowodzić prawdziwości tautologii, równości zbiorów, podstawowych własności relacji.</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się formalizmem matematycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ELM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wyznaczać przecięcia i sumy rodzin zbiorów, obrazy i przeciwobrazy funkcji, klasy abstrakcji, kresy, moce zbiorów oraz rysować diagramy Hassego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>