--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -850,51 +850,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ELM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcie równoliczności, przeliczalności, podstawowe własności zbiorów równolicznych, zbiorów przeliczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,51 +1000,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ELM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się formalizmem matematycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>