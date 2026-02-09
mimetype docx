--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -786,191 +786,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MD_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia grafu, podgrafu i podstawowe własności grafów. Zna pojęcia drzewa, cyklu, w tym cyklu Eulera i Hamiltona i podstawowe twierdzenia ich dotyczące. Zna pojęcia kolorowania grafu, liczby chromatycznej indeksu chromatycznego. Zna pojęcie grafu planarnego, Twierdzenie Kuratowskiego i problem 4 kolorów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MD_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia dyskretnej przestrzeni probabilistycznej, prawdopodobieństwa warunkowego, niezależności zdarzeń. Zna pojęcia zmiennej losowej oraz wartości oczekiwanej, wariancji i rozkładu dwumianowego zmiennej losowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W16, MAD1_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_U01: </w:t>
       </w:r>
     </w:p>