--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -910,67 +910,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W16, MAD1_W15</w:t>
+        <w:t xml:space="preserve">MAD1_W15, MAD1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MD_U01: </w:t>
       </w:r>
     </w:p>