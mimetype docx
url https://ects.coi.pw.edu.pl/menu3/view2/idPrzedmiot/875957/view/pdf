--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -856,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>