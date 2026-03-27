--- v1 (2026-02-09)
+++ v2 (2026-03-27)
@@ -1356,51 +1356,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować twierdzenia i zamianie granicy i całki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>