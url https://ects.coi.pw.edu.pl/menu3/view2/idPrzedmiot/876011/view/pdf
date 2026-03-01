--- v0 (2025-12-27)
+++ v1 (2026-03-01)
@@ -902,51 +902,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, dyskusja przykładowych programów i wykonanych zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_U04, I2_U01, I2_U03, I2_U05</w:t>
+        <w:t xml:space="preserve">I2_U01, I2_U03, I2_U05, I2CC_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanych projektów na laboratorium i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U05, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
+        <w:t xml:space="preserve">I2CC_U03, I2CC_U04, I2_U02, I2_U03, I2_U04, I2_U05, I2CC_U06, I2CC_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>