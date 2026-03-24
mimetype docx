--- v1 (2026-03-01)
+++ v2 (2026-03-24)
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanych projektów na laboratorium i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_U03, I2CC_U04, I2_U02, I2_U03, I2_U04, I2_U05, I2CC_U06, I2CC_U02</w:t>
+        <w:t xml:space="preserve">I2_U04, I2_U05, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2_U02, I2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>