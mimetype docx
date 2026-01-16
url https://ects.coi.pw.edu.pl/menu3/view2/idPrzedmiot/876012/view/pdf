--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -815,51 +815,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie ćwiczeń (prace domowe, kolokwia, aktywność)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U01, I2_U02, I2_U03, I2CC_U04</w:t>
+        <w:t xml:space="preserve">I2_U03, I2CC_U04, I2_U01, I2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie ćwiczeń (prace domowe, kolokwia, aktywność)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U04, I2_U11, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2_U02, I2_U03</w:t>
+        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U11, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>