--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -751,51 +751,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W02, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -815,51 +815,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie ćwiczeń (prace domowe, kolokwia, aktywność)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U03, I2CC_U04, I2_U01, I2_U02</w:t>
+        <w:t xml:space="preserve">I2_U01, I2_U02, I2_U03, I2CC_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>