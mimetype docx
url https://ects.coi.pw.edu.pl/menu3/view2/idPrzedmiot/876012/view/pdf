--- v2 (2026-02-08)
+++ v3 (2026-02-28)
@@ -751,51 +751,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W02, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie ćwiczeń (prace domowe, kolokwia, aktywność)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U11, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
+        <w:t xml:space="preserve">I2_U02, I2CC_U02, I2CC_U03, I2CC_U04, I2_U03, I2_U04, I2_U11, I2CC_U01, I2CC_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>