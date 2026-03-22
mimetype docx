--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, zaliczenie ćwiczeń (prace domowe, kolokwia, aktywność)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2CC_U02, I2CC_U03, I2CC_U04, I2_U03, I2_U04, I2_U11, I2CC_U01, I2CC_U06</w:t>
+        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U11, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>