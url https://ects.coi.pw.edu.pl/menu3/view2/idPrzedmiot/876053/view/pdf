--- v0 (2025-12-26)
+++ v1 (2026-01-10)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Realizacja projektu praktycznego w grupie dyskusja raportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2SMAD_U03, M2SMAD_U04, M2SMAD_U05, M2SMAD_U06, M2SMAD_U07, M2SMAD_U08, M2SMAD_U09, M2SMAD_U10, M2SMAD_U11, M2SMAD_U12, M2SMAD_U13, M2SMAD_U14, M2SMAD_U15, M2SMAD_U16, M2SMAD_U01, M2SMAD_U02</w:t>
+        <w:t xml:space="preserve">M2SMAD_U05, M2SMAD_U06, M2SMAD_U07, M2SMAD_U08, M2SMAD_U09, M2SMAD_U10, M2SMAD_U11, M2SMAD_U12, M2SMAD_U13, M2SMAD_U14, M2SMAD_U15, M2SMAD_U16, M2SMAD_U01, M2SMAD_U02, M2SMAD_U03, M2SMAD_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>