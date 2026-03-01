--- v1 (2026-01-10)
+++ v2 (2026-03-01)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Realizacja projektu praktycznego w grupie dyskusja raportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2SMAD_W01, M2SMAD_W02, M2SMAD_W03, M2SMAD_W04, M2SMAD_W05, M2SMAD_W06, M2SMAD_W07, M2SMAD_W08, M2SMAD_W09, M2SMAD_W10, M2SMAD_W11, M2SMAD_W12, M2SMAD_W13, M2SMAD_W14, M2SMAD_W15</w:t>
+        <w:t xml:space="preserve">M2SMAD_W13, M2SMAD_W14, M2SMAD_W15, M2SMAD_W01, M2SMAD_W02, M2SMAD_W03, M2SMAD_W04, M2SMAD_W05, M2SMAD_W06, M2SMAD_W07, M2SMAD_W08, M2SMAD_W09, M2SMAD_W10, M2SMAD_W11, M2SMAD_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Realizacja projektu praktycznego w grupie dyskusja raportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2SMAD_U05, M2SMAD_U06, M2SMAD_U07, M2SMAD_U08, M2SMAD_U09, M2SMAD_U10, M2SMAD_U11, M2SMAD_U12, M2SMAD_U13, M2SMAD_U14, M2SMAD_U15, M2SMAD_U16, M2SMAD_U01, M2SMAD_U02, M2SMAD_U03, M2SMAD_U04</w:t>
+        <w:t xml:space="preserve">M2SMAD_U01, M2SMAD_U02, M2SMAD_U03, M2SMAD_U04, M2SMAD_U05, M2SMAD_U06, M2SMAD_U07, M2SMAD_U08, M2SMAD_U09, M2SMAD_U10, M2SMAD_U11, M2SMAD_U12, M2SMAD_U13, M2SMAD_U14, M2SMAD_U15, M2SMAD_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>