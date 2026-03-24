--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Realizacja projektu praktycznego w grupie dyskusja raportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2SMAD_W13, M2SMAD_W14, M2SMAD_W15, M2SMAD_W01, M2SMAD_W02, M2SMAD_W03, M2SMAD_W04, M2SMAD_W05, M2SMAD_W06, M2SMAD_W07, M2SMAD_W08, M2SMAD_W09, M2SMAD_W10, M2SMAD_W11, M2SMAD_W12</w:t>
+        <w:t xml:space="preserve">M2SMAD_W05, M2SMAD_W06, M2SMAD_W07, M2SMAD_W08, M2SMAD_W09, M2SMAD_W10, M2SMAD_W11, M2SMAD_W12, M2SMAD_W13, M2SMAD_W14, M2SMAD_W15, M2SMAD_W01, M2SMAD_W02, M2SMAD_W03, M2SMAD_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Realizacja projektu praktycznego w grupie dyskusja raportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2SMAD_U01, M2SMAD_U02, M2SMAD_U03, M2SMAD_U04, M2SMAD_U05, M2SMAD_U06, M2SMAD_U07, M2SMAD_U08, M2SMAD_U09, M2SMAD_U10, M2SMAD_U11, M2SMAD_U12, M2SMAD_U13, M2SMAD_U14, M2SMAD_U15, M2SMAD_U16</w:t>
+        <w:t xml:space="preserve">M2SMAD_U15, M2SMAD_U16, M2SMAD_U01, M2SMAD_U02, M2SMAD_U03, M2SMAD_U04, M2SMAD_U05, M2SMAD_U06, M2SMAD_U07, M2SMAD_U08, M2SMAD_U09, M2SMAD_U10, M2SMAD_U11, M2SMAD_U12, M2SMAD_U13, M2SMAD_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>