--- v0 (2025-10-28)
+++ v1 (2026-01-12)
@@ -1024,51 +1024,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność identyfikacji struktury nieznanego sygnału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1078,51 +1078,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_01</w:t>
+        <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>