--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -1024,51 +1024,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność identyfikacji struktury nieznanego sygnału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>