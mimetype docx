--- v2 (2026-01-12)
+++ v3 (2026-02-09)
@@ -804,51 +804,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uwarunkowania i metody filtracji sygnałów biomedycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1234,51 +1234,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSB_K01: </w:t>
       </w:r>
     </w:p>