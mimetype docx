--- v3 (2026-02-09)
+++ v4 (2026-03-27)
@@ -804,51 +804,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uwarunkowania i metody filtracji sygnałów biomedycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1164,51 +1164,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować dokumentację przeprowadzonych eksperymentów numerycznych oraz przeprowadzić dyskusję uzyskanych wyników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1234,51 +1234,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSB_K01: </w:t>
       </w:r>
     </w:p>