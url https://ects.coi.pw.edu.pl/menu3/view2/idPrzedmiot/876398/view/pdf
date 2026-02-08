--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -844,51 +844,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny oraz ustany z wykładu oraz obecność i rozwiązywanie zadań na ćwiczeniach audytoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U19, IS_U18, IS_U14, IS_U11, IS_U08, IS_U06, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U19, IS_U18, IS_U14, IS_U11, IS_U08, IS_U06, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -924,51 +924,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania z zakresu kompetencji społecznych podczas części ustnej egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>