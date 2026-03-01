--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -764,51 +764,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny oraz ustny z wykładu oraz zaliczenie ćwiczeń audytoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W15, IS_W13, IS_W12, IS_W10, IS_W08</w:t>
+        <w:t xml:space="preserve">IS_W10, IS_W08, IS_W20, IS_W19, IS_W15, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -924,51 +924,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania z zakresu kompetencji społecznych podczas części ustnej egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K01, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>