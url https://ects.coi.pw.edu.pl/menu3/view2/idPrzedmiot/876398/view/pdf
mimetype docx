--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -764,51 +764,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny oraz ustny z wykładu oraz zaliczenie ćwiczeń audytoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10, IS_W08, IS_W20, IS_W19, IS_W15, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W19, IS_W15, IS_W13, IS_W12, IS_W10, IS_W08, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>