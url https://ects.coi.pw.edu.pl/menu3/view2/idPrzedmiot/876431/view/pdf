--- v0 (2025-10-26)
+++ v1 (2025-11-22)
@@ -786,207 +786,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_02, W_03</w:t>
+        <w:t xml:space="preserve">W_03, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka POB_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe systemów informatycznych w ochronie zdrowia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W_01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka POB_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna i rozumie prawne i społeczne uwarunkowania działalności zawodowej zwią¬za¬nej z wy-twarzaniem i eksploatacją systemów in¬for¬matycznych w ochronie zdrowia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W_02, W_05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pogłębionym stopniu zna wybrane standardy informatyczne stosowane w medycynie i ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1238,51 +1238,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zrealizować oprogramowanie do przetwarzania danych w systemach archiwizacji danych obrazowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1309,51 +1309,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykonać dokumentację projektu informatycznego i zaprezentować projekt różnym odbiorcom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1363,67 +1363,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
+        <w:t xml:space="preserve">U_04, U_07, U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę śledzenia rozwoju nowych standardów i technologii, a co za tym idzie konieczności ciągłego samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>