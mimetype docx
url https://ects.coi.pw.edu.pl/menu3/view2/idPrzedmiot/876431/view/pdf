--- v1 (2025-11-22)
+++ v2 (2026-01-12)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_02</w:t>
+        <w:t xml:space="preserve">W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe systemów informatycznych w ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1238,51 +1238,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zrealizować oprogramowanie do przetwarzania danych w systemach archiwizacji danych obrazowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1363,67 +1363,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_04, U_07, U_02, U_03</w:t>
+        <w:t xml:space="preserve">U_03, U_04, U_07, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę śledzenia rozwoju nowych standardów i technologii, a co za tym idzie konieczności ciągłego samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>