--- v2 (2026-01-12)
+++ v3 (2026-02-08)
@@ -926,67 +926,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_02, W_05</w:t>
+        <w:t xml:space="preserve">W_05, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pogłębionym stopniu zna wybrane standardy informatyczne stosowane w medycynie i ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1293,67 +1293,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie i prezentacja projektu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
+        <w:t xml:space="preserve">U_03, U_07, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykonać dokumentację projektu informatycznego i zaprezentować projekt różnym odbiorcom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1363,67 +1363,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_04, U_07, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę śledzenia rozwoju nowych standardów i technologii, a co za tym idzie konieczności ciągłego samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>