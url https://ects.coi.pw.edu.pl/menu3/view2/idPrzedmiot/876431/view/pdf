--- v3 (2026-02-08)
+++ v4 (2026-03-23)
@@ -926,67 +926,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_05, W_02</w:t>
+        <w:t xml:space="preserve">W_02, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pogłębionym stopniu zna wybrane standardy informatyczne stosowane w medycynie i ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1293,67 +1293,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie i prezentacja projektu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_07, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykonać dokumentację projektu informatycznego i zaprezentować projekt różnym odbiorcom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1363,67 +1363,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
+        <w:t xml:space="preserve">U_04, U_07, U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę śledzenia rozwoju nowych standardów i technologii, a co za tym idzie konieczności ciągłego samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>