--- v0 (2025-10-23)
+++ v1 (2025-11-22)
@@ -944,51 +944,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UiSE_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować rozwiązanie toru sygnałowego przepływomierza dopplerowskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>