--- v1 (2025-11-22)
+++ v2 (2026-01-13)
@@ -944,51 +944,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UiSE_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować rozwiązanie toru sygnałowego przepływomierza dopplerowskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>