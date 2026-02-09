--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -848,67 +848,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_01, W_03</w:t>
+        <w:t xml:space="preserve">W_03, W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UiSE_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -944,51 +944,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UiSE_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować rozwiązanie toru sygnałowego przepływomierza dopplerowskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>