--- v0 (2025-10-23)
+++ v1 (2025-11-21)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPAIB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie regulacji prawnych  dot. eksploatacji aparatury medycznej, oprogramowania 
 i organizacji służby zdrowia obowiązujących  w Polsce i UE . 
 </w:t>
       </w:r>
     </w:p>
     <w:p>