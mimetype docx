--- v1 (2025-11-21)
+++ v2 (2026-03-01)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPAIB_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie regulacji prawnych  dot. eksploatacji aparatury medycznej, oprogramowania 
 i organizacji służby zdrowia obowiązujących  w Polsce i UE . 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1078,51 +1078,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPAIB_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do pełnienia roli managera lub doradcy 
 ds. gospodarki systemami medycznymi w tym informatycznymi w jednostkach ochrony zdrowia. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>