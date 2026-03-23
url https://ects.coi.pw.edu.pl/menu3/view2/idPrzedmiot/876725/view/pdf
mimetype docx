--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPAIB_U01: </w:t>
       </w:r>
     </w:p>
@@ -1078,51 +1078,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPAIB_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do pełnienia roli managera lub doradcy 
 ds. gospodarki systemami medycznymi w tym informatycznymi w jednostkach ochrony zdrowia. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>