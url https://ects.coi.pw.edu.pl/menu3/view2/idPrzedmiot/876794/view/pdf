--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie – ocena z kolokwium oraz z zadania projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_07, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRR_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować schemat procesu analizy mającej na celu rozwiązywanie konkretnego problemu inżyniersko-obliczeniowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>