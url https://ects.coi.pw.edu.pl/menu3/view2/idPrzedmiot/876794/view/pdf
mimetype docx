--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_03, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRR_2st_K01: </w:t>
       </w:r>
     </w:p>