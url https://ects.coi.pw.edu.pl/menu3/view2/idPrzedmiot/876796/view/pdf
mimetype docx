--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -933,51 +933,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U01: </w:t>
       </w:r>
     </w:p>