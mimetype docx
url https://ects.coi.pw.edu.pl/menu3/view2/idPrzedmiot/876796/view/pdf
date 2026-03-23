--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -863,121 +863,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady budowy systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu, zaliczenie laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W_03, W_04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U01: </w:t>
       </w:r>
     </w:p>