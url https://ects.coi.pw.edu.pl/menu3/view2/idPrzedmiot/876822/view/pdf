--- v0 (2025-12-28)
+++ v1 (2026-03-03)
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1117,51 +1117,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1187,67 +1187,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowo posługuje się systemami normatywnymi oraz wybranymi normami i regułami (prawnymi, moralnymi, zawodowymi) w celu rozwiązania konkretnego zadania z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>