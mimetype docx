--- v1 (2026-03-03)
+++ v2 (2026-03-24)
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1187,67 +1187,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowo posługuje się systemami normatywnymi oraz wybranymi normami i regułami (prawnymi, moralnymi, zawodowymi) w celu rozwiązania konkretnego zadania z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>