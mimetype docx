--- v0 (2025-12-28)
+++ v1 (2026-01-13)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat organizacji, zadań i zasad gospodarki finansowej podmiotów sektora
 finansów publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1136,67 +1136,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzanie umiejętności z zakresu podstawowych pojęć, zasad i funkcji finansów publicznych poprzez: aktywne uczestnictwo w dyskusji na ćwiczeniach, analizę aktów prawnych i danych ilościowych oraz wnioskowanie na tej podstawie, prezentacje własne studentów wybranych problemów związanych z problematyką zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1295,51 +1295,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykonywać zadania w warunkach nie w pełni przewidywalnych przez właściwy
 dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej
 analizy i syntezy tych informacji.
 </w:t>
       </w:r>
     </w:p>
@@ -1353,67 +1353,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1499,67 +1499,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów kształcenia odbywa się w formie oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>