--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat organizacji, zadań i zasad gospodarki finansowej podmiotów sektora
 finansów publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1136,67 +1136,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzanie umiejętności z zakresu podstawowych pojęć, zasad i funkcji finansów publicznych poprzez: aktywne uczestnictwo w dyskusji na ćwiczeniach, analizę aktów prawnych i danych ilościowych oraz wnioskowanie na tej podstawie, prezentacje własne studentów wybranych problemów związanych z problematyką zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1295,51 +1295,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykonywać zadania w warunkach nie w pełni przewidywalnych przez właściwy
 dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej
 analizy i syntezy tych informacji.
 </w:t>
       </w:r>
     </w:p>
@@ -1353,67 +1353,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1515,51 +1515,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>