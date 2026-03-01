--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1223,51 +1223,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, by formułować i rozwiązywać złożone i
 nietypowe problemy związane z funkcjonowaniem jednostek sektora finansów
 publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1295,51 +1295,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykonywać zadania w warunkach nie w pełni przewidywalnych przez właściwy
 dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej
 analizy i syntezy tych informacji.
 </w:t>
       </w:r>
     </w:p>
@@ -1427,51 +1427,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń
 praktycznych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1515,51 +1515,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>