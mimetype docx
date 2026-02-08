--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -863,67 +863,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o procesach zmian struktur i instytucji Unii Europejskiej oraz ich elementów, o przyczynach, przebiegu, skali i konsekwencjach tych zmian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -949,51 +949,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o poglądach na temat struktur i instytucji Unii Europejskiej oraz rodzajów więzi społecznych i o ich historycznej ewolucji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1003,67 +1003,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1169,51 +1169,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność przygotowania typowych prac pisemnych w języku polskim, właściwych dla kierunku Administracja, z wykorzystaniem różnych źródeł</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>