--- v0 (2026-01-10)
+++ v1 (2026-02-09)
@@ -762,67 +762,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne, dyskusja na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1068,51 +1068,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_03 Potrafi dokonać obserwacji i interpretacji otaczających go zjawisk ekonomicznych w odniesieniu do realizowanej polityki gospodarczej w Polsce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>