--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -762,67 +762,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne, dyskusja na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -998,51 +998,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników ma politykę makroekonomiczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1068,51 +1068,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_03 Potrafi dokonać obserwacji i interpretacji otaczających go zjawisk ekonomicznych w odniesieniu do realizowanej polityki gospodarczej w Polsce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>