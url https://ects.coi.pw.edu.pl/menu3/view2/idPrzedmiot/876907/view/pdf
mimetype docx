--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -958,67 +958,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagadnienia logiki prawniczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1044,51 +1044,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_P01: </w:t>
       </w:r>
     </w:p>
@@ -1318,67 +1318,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć, kolokwium pisemne z pytaniami opisowymi lub testowymi lub dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>