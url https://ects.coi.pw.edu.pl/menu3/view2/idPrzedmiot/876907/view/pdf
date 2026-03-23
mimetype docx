--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1044,51 +1044,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_P01: </w:t>
       </w:r>
     </w:p>