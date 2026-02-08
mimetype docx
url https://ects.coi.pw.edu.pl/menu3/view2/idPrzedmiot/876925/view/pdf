--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -841,67 +841,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poznaje instytucje i procedury ważne dla ustroju demokratycznego wraz z ich zakotwiczeniem w prawie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1007,51 +1007,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozróżnia podstawowe podziały ustrojowo-polityczne we współczesnym świecie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1201,67 +1201,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>