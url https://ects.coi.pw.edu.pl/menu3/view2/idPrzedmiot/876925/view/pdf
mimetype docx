--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -771,67 +771,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W08</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna płaszczyzny, typy analizy ustroju demokratycznego i potrafi je stosować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -911,67 +911,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -991,277 +991,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozróżnia podstawowe podziały ustrojowo-polityczne we współczesnym świecie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozróżnia podstawowe podziały ustrojowo-polityczne we współczesnym świecie</w:t>
+        <w:t xml:space="preserve">Rozróżnia różne typy podejść/ ujęć do ustroju demokratycznego (proceduralne, substancjalne, partycypacyjne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi interpretować teksty i przepisy prawne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>