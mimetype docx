--- v2 (2026-03-02)
+++ v3 (2026-03-24)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna płaszczyzny, typy analizy ustroju demokratycznego i potrafi je stosować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -911,67 +911,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W09, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W09, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1061,207 +1061,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozróżnia różne typy podejść/ ujęć do ustroju demokratycznego (proceduralne, substancjalne, partycypacyjne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi interpretować teksty i przepisy prawne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>