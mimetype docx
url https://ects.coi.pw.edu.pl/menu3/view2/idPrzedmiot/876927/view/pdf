--- v0 (2025-12-27)
+++ v1 (2026-01-12)
@@ -762,67 +762,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat przebiegu postępowania sądowoadministracyjnego w obydwu instancjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat czynności procesowych postępowania sądowoadministracyjnego oraz treści pism składanych do sądu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -902,67 +902,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie rolę, jaką sądownictwo administracyjne odgrywa  w systemie instytucji ochrony praw jednostki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat treści, skutków prawnych oraz sposobów weryfikacji orzeczeń sądów administracyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,51 +1058,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1138,51 +1138,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zainicjować postępowanie przed sądem administracyjnym, w szczególności zaprojektować i sporządzić skargę do sądu administracyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1192,67 +1192,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi komunikować się z sądem i wie, z jakich środków prawnych może korzystać w toczącym się postępowaniu sądowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1348,51 +1348,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie postępowania sądowoadministracyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1552,67 +1552,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności stałego podnoszenia kwalifikacji zawodowych i rozwoju osobistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>