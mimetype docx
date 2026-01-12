--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -762,67 +762,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat przebiegu postępowania sądowoadministracyjnego w obydwu instancjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -848,771 +848,771 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat czynności procesowych postępowania sądowoadministracyjnego oraz treści pism składanych do sądu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat czynności procesowych postępowania sądowoadministracyjnego oraz treści pism składanych do sądu.</w:t>
+        <w:t xml:space="preserve">Rozumie rolę, jaką sądownictwo administracyjne odgrywa  w systemie instytucji ochrony praw jednostki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie rolę, jaką sądownictwo administracyjne odgrywa  w systemie instytucji ochrony praw jednostki.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat treści, skutków prawnych oraz sposobów weryfikacji orzeczeń sądów administracyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat treści, skutków prawnych oraz sposobów weryfikacji orzeczeń sądów administracyjnych.</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się siatką pojęciową właściwą dla prawa o postępowaniu przed sądami administracyjnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zainicjować postępowanie przed sądem administracyjnym, w szczególności zaprojektować i sporządzić skargę do sądu administracyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi komunikować się z sądem i wie, z jakich środków prawnych może korzystać w toczącym się postępowaniu sądowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z elektronicznych baz orzecznictwa sądów administracyjnych i posługiwać się dostępnymi zbiorami danych do rozwiązywania problemów wykładni i stosowania prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami testowymi i opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie postępowania sądowoadministracyjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami testowymi i opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się siatką pojęciową właściwą dla prawa o postępowaniu przed sądami administracyjnymi.</w:t>
+        <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności w zakresie postępowania sądowoadministracyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_K04, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zainicjować postępowanie przed sądem administracyjnym, w szczególności zaprojektować i sporządzić skargę do sądu administracyjnego.</w:t>
+        <w:t xml:space="preserve">Posiada przekonanie, że profesjonalizm i obiektywizm w działaniu sądów administracyjnych zwiększa szacunek obywatela do państwa i prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności stałego podnoszenia kwalifikacji zawodowych i rozwoju osobistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>