--- v2 (2026-01-12)
+++ v3 (2026-02-08)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat czynności procesowych postępowania sądowoadministracyjnego oraz treści pism składanych do sądu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -902,497 +902,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie rolę, jaką sądownictwo administracyjne odgrywa  w systemie instytucji ochrony praw jednostki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie rolę, jaką sądownictwo administracyjne odgrywa  w systemie instytucji ochrony praw jednostki.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat treści, skutków prawnych oraz sposobów weryfikacji orzeczeń sądów administracyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat treści, skutków prawnych oraz sposobów weryfikacji orzeczeń sądów administracyjnych.</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się siatką pojęciową właściwą dla prawa o postępowaniu przed sądami administracyjnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
+        <w:t xml:space="preserve">K_U06, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się siatką pojęciową właściwą dla prawa o postępowaniu przed sądami administracyjnymi.</w:t>
+        <w:t xml:space="preserve">Potrafi zainicjować postępowanie przed sądem administracyjnym, w szczególności zaprojektować i sporządzić skargę do sądu administracyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U02</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zainicjować postępowanie przed sądem administracyjnym, w szczególności zaprojektować i sporządzić skargę do sądu administracyjnego.</w:t>
+        <w:t xml:space="preserve">Potrafi komunikować się z sądem i wie, z jakich środków prawnych może korzystać w toczącym się postępowaniu sądowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U10, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi komunikować się z sądem i wie, z jakich środków prawnych może korzystać w toczącym się postępowaniu sądowym.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z elektronicznych baz orzecznictwa sądów administracyjnych i posługiwać się dostępnymi zbiorami danych do rozwiązywania problemów wykładni i stosowania prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami testowymi i opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U10</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie postępowania sądowoadministracyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>