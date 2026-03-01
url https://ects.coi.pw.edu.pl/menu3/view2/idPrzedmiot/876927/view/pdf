--- v3 (2026-02-08)
+++ v4 (2026-03-01)
@@ -832,637 +832,637 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowymi i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat czynności procesowych postępowania sądowoadministracyjnego oraz treści pism składanych do sądu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie rolę, jaką sądownictwo administracyjne odgrywa  w systemie instytucji ochrony praw jednostki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat czynności procesowych postępowania sądowoadministracyjnego oraz treści pism składanych do sądu.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat treści, skutków prawnych oraz sposobów weryfikacji orzeczeń sądów administracyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie rolę, jaką sądownictwo administracyjne odgrywa  w systemie instytucji ochrony praw jednostki.</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się siatką pojęciową właściwą dla prawa o postępowaniu przed sądami administracyjnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat treści, skutków prawnych oraz sposobów weryfikacji orzeczeń sądów administracyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi zainicjować postępowanie przed sądem administracyjnym, w szczególności zaprojektować i sporządzić skargę do sądu administracyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się siatką pojęciową właściwą dla prawa o postępowaniu przed sądami administracyjnymi.</w:t>
+        <w:t xml:space="preserve">Potrafi komunikować się z sądem i wie, z jakich środków prawnych może korzystać w toczącym się postępowaniu sądowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zainicjować postępowanie przed sądem administracyjnym, w szczególności zaprojektować i sporządzić skargę do sądu administracyjnego.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z elektronicznych baz orzecznictwa sądów administracyjnych i posługiwać się dostępnymi zbiorami danych do rozwiązywania problemów wykładni i stosowania prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami testowymi i opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi komunikować się z sądem i wie, z jakich środków prawnych może korzystać w toczącym się postępowaniu sądowym.</w:t>
+        <w:t xml:space="preserve">Umie zdobywać wiedzę na temat najnowszych osiągnięć informatycznych w zakresie postępowania sądowoadministracyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny z pytaniami o charakterze testowym i opisowym.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny z pytaniami testowymi i opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U10, K_U04</w:t>
+        <w:t xml:space="preserve">K_U05, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>