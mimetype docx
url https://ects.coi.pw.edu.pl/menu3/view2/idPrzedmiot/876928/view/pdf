--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -753,417 +753,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie struktury i kompetencji unijnych organów sądowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat relacji: sąd krajowy - sąd unijny, w kontekście procedury orzeczenia wstępnego (pytania prejudycjalnego).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie struktury i kompetencji unijnych organów sądowych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie pozasądowego systemu ochrony prawnej w UE.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1184,347 +1184,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa unijnego oraz orzecznictwem sądów unijnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji sądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji pozasądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>