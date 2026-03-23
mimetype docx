--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -769,401 +769,401 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie struktury i kompetencji unijnych organów sądowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie struktury i kompetencji unijnych organów sądowych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat postępowania przed Trybunałem Sprawiedliwości Unii Europejskiej</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat relacji: sąd krajowy - sąd unijny, w kontekście procedury orzeczenia wstępnego (pytania prejudycjalnego).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych rodzajów skarg kierowanych do Trybunału Sprawiedliwości Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie pozasądowego systemu ochrony prawnej w UE.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1200,51 +1200,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszukiwać w zbiorach źródeł prawa unijnego (aktów prawnych i orzeczeń sądów unijnych) dokumentów potrzebnych do prawnej oceny danego stanu faktycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1254,277 +1254,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U04, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się źródłami prawa unijnego oraz orzecznictwem sądów unijnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji sądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi, jeśli miałby taką potrzebę, skorzystać z instytucji pozasądowego systemu ochrony prawnej w Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>