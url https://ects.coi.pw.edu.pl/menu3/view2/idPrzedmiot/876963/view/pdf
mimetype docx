--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -831,787 +831,787 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym</w:t>
+        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania</w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego w programie Lex/legalis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia własne po demonstracji programu LEX/Legalis </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
+        <w:t xml:space="preserve">Rozumie problemy etyczne związane z wykonywaniem samodzielnych funkcji technicznych w budownictwie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru. Dyskusja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
+        <w:t xml:space="preserve">Jest gotowy do dyskusji na temat współczesnych problemów prawa budowlanego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Dyskusja na ćwiczeniach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U12, K_U13 BNP</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">