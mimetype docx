--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -777,841 +777,841 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji.</w:t>
+        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres zadań i kompetencji organów administracji publicznej w procesie budowlanym</w:t>
+        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania</w:t>
+        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_U04, K_U12, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego w programie Lex/legalis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia własne po demonstracji programu LEX/Legalis </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
+        <w:t xml:space="preserve">Rozumie problemy etyczne związane z wykonywaniem samodzielnych funkcji technicznych w budownictwie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru. Dyskusja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
+        <w:t xml:space="preserve">Jest gotowy do dyskusji na temat współczesnych problemów prawa budowlanego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Dyskusja na ćwiczeniach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U04</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">