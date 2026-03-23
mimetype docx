--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna prawne formy reglamentacji procesu budowlanego w odniesieniu do poszczególnych rodzajów inwestycji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna regulacje prawne dotyczące oddawania obiektów budowlanych do użytkowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,87 +971,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury prawne prowadzenia postępowania w przypadku katastrofy budowlanej</w:t>
+        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1062,336 +1132,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zakres obowiązków właścicieli i zarządców obiektów budowlanych </w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U09, K_U06, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stworzyć prostą umowę o roboty budowlane</w:t>
+        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenie w grupach + test wielokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U09</w:t>
+        <w:t xml:space="preserve">K_U04, K_U12, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sprawdzić informacje dotyczące nieruchomości w księdze wieczystej i katastrze nieruchomości</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować proces budowlany w zakresie organizacyjno-prawnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia realizowane samodzielnie. Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U12, K_U13 BNP</w:t>
+        <w:t xml:space="preserve">K_U10, K_U02, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego w programie Lex/legalis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>