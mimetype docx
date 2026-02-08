--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -906,51 +906,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_BC_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna cele i narzędzie polityki stabilizacyjnej banku centralnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, udział w dyskusji na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_1: </w:t>
       </w:r>
     </w:p>
@@ -1056,51 +1056,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.2, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znaleźć aktualne informacje dotyczące funkcjonowania instytucji finansowych, w szczególności działania banku centralnego, jak też właściwie je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1126,51 +1126,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.3.o, I.P7S_UK, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie opracować i przedstawić na piśmie oraz w formie prezentacji ustnej przy użyciu narzędzi multimedialnych wybrane zagadnienie dotyczące publicznego systemu finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1180,67 +1180,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wybranego tematu na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U14 FIB</w:t>
+        <w:t xml:space="preserve">K_U14 FIB, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_BC_1: </w:t>
       </w:r>
     </w:p>