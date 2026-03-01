--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -906,51 +906,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_BC_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna cele i narzędzie polityki stabilizacyjnej banku centralnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, udział w dyskusji na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_1: </w:t>
       </w:r>
     </w:p>
@@ -1126,51 +1126,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie opracować i przedstawić na piśmie oraz w formie prezentacji ustnej przy użyciu narzędzi multimedialnych wybrane zagadnienie dotyczące publicznego systemu finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1180,67 +1180,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wybranego tematu na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14 FIB, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_BC_1: </w:t>
       </w:r>
     </w:p>