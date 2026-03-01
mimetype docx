--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -767,67 +767,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,567 +907,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_FST_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna specyfikę elektronicznych sprawozdań budżetowych, ich zabezpieczenia i podmioty, które są ich adresatami. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny; test zamknięty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_FST_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o podstawowych instytucjach i podmiotach, świadczących usługi lokalne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_FST_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_FST_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna specyfikę elektronicznych sprawozdań budżetowych, ich zabezpieczenia i podmioty, które są ich adresatami. </w:t>
+        <w:t xml:space="preserve">Potrafi dokonać obserwacji i interpretacji otaczających go zjawisk z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny; test zamknięty.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W10</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_FST_05: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o podstawowych instytucjach i podmiotach, świadczących usługi lokalne.</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W09</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_FST_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać obserwacji i interpretacji otaczających go zjawisk z zakresu finansów samorządowych</w:t>
+        <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny, test zamknięty, pytania problemowe i zadanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_FST_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ze zrozumieniem czytać sprawozdania budżetowe i na tej podstawie formułować wnioski nt kondycji finansowej i majątkowej JST .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
+        <w:t xml:space="preserve">Potrafi dokonywać analizy własnych działań z zakresu ekonomii i finansów i wskazywać na konieczność dalszego doskonalenia swoich umiejętności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny, test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.S.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, I.P7S_UW, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_FST_01: </w:t>
       </w:r>
     </w:p>