--- v1 (2026-03-01)
+++ v2 (2026-03-24)
@@ -767,67 +767,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W09, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna specyfikę elektronicznych sprawozdań budżetowych, ich zabezpieczenia i podmioty, które są ich adresatami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -977,67 +977,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o podstawowych instytucjach i podmiotach, świadczących usługi lokalne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1127,67 +1127,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1213,51 +1213,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1267,67 +1267,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, test zamknięty, pytania problemowe i zadanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ze zrozumieniem czytać sprawozdania budżetowe i na tej podstawie formułować wnioski nt kondycji finansowej i majątkowej JST .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1423,51 +1423,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, I.P7S_UW, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_FST_01: </w:t>
       </w:r>
     </w:p>
@@ -1557,51 +1557,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna związana z analizą literatury, aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>