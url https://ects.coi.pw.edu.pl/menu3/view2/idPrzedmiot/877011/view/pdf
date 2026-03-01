--- v0 (2025-12-27)
+++ v1 (2026-03-01)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W01, K_W03, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W01, K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1131,51 +1131,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U12, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.X.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.X.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12, K_U04, K_U06, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi bezpiecznie stosować usługi teleinformatyczne w codziennej działalności organizacji oraz w sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1341,51 +1341,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U12, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>