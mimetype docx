--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -841,51 +841,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -895,67 +895,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła i zagrożenia informacji oraz systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10, K_W01, K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W06, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W06, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W09, K_W10, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1115,357 +1115,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, I.P7S_UO, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U09, K_U10, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi bezpiecznie stosować usługi teleinformatyczne w codziennej działalności organizacji oraz w sytuacjach kryzysowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09, K_U10, K_U12, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.X.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.X.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
+        <w:t xml:space="preserve">Potrafi opracować politykę bezpieczeństwa informacji lub systemu teleinformatycznego organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji)</w:t>
+        <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U04, K_U06, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08, K_U09, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UO, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi bezpiecznie stosować usługi teleinformatyczne w codziennej działalności organizacji oraz w sytuacjach kryzysowych</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę uczenia się ustawicznego w swoim życiu i inspirowania tej potrzeby w swoim środowisku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany na ocenę. Ocenę przedmiotu stanowi średnia z sumy ocen z części teoretycznej (test z wykładów) oraz części praktycznej - ćwiczeniowej (ocena opracowanego modelu - polityki bezpieczeństwa informacji organizacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08, K_U09, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04, K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, I.P7S_UO, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość dynamicznego rozwoju systemów informatycznych i informatycznych i rosnącego zagrożenia bezpieczeństwa przesyłanej, przetwarzanej i przechowywanej w nich organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>