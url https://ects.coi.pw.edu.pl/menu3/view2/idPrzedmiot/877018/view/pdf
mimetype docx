--- v0 (2025-12-30)
+++ v1 (2026-03-23)
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie 6 tematów laboratoriów na 7 realizowanych. Zaliczenie poszczególnych tematów wymaga zaliczenia sprawdzianu z przygotowania do zajęć oraz zaliczenia sprawozdania z części praktycznej. Obserwacja i ocena umiejętności praktycznych w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U13, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNOMILAB_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć oraz analizy zalecanej literatury fachowej lub innych źródeł rozwija - poprzez pracę własną - swoje umiejętności i wiedzę nt. przeprowadzania doświadczeń z zakresu podstaw nauki o materiałach oraz  interpretacji uzyskanych wyników pomiarów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>