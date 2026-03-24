--- v0 (2025-12-30)
+++ v1 (2026-03-24)
@@ -821,1067 +821,1067 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_W20, IM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KORL_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie podstawowe pojęcia z zakresu procesów korozyjnych: elektroda, reakcja elektrodowa, ogniwo, potencjał elektrodowy, stan pasywny metali</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_W03, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka KORL_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka KORL_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie podstawowe pojęcia z zakresu procesów korozyjnych: elektroda, reakcja elektrodowa, ogniwo, potencjał elektrodowy, stan pasywny metali</w:t>
+        <w:t xml:space="preserve">Zna i rozumie mechanizmy powstawania zniszczeń korozyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W20</w:t>
+        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W06, IM1_W12, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka KORL_W4: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KORL_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie mechanizmy powstawania zniszczeń korozyjnych</w:t>
+        <w:t xml:space="preserve">Zna i rozumie mechanizmy odporności korozyjnej wybranych tworzyw metalicznych: stale, żeliwa, stopy miedzi, cynku, glinu, niklu i tytanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W06, IM1_W12, IM1_W20</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka KORL_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka KORL_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie mechanizmy odporności korozyjnej wybranych tworzyw metalicznych: stale, żeliwa, stopy miedzi, cynku, glinu, niklu i tytanu</w:t>
+        <w:t xml:space="preserve">Zna metody ochrony przed korozją: powłoki ochronne, metoda katodowa i anodowa, inhibitory korozji oraz wie, jak je stosować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W06, IM1_W10, IM1_W12, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka KORL_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka KORL_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody ochrony przed korozją: powłoki ochronne, metoda katodowa i anodowa, inhibitory korozji oraz wie, jak je stosować</w:t>
+        <w:t xml:space="preserve">Zna podstawowe metody badań korozyjnych: metodę potencjodynamiczną, metodę elektrochemicznej spektroskopii impedancyjnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W10, IM1_W12, IM1_W20, IM1_W03</w:t>
+        <w:t xml:space="preserve">IM1_W13, IM1_W20, IM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka KORL_W7: </w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KOR_LAB_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody badań korozyjnych: metodę potencjodynamiczną, metodę elektrochemicznej spektroskopii impedancyjnej</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać materiał do konkretnego wymagania konstrukcyjnego uwzględniając specyfikę środowiska korozyjnego pracy konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W11, IM1_W13, IM1_W20</w:t>
+        <w:t xml:space="preserve">IM1_U09, IM1_U13, IM1_U14, IM1_U15, IM1_U01, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KOR_LAB_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować odpowiednią ochronę przed korozją danego metalu i konstrukcji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KOR_LAB_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KOR_LAB_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KOR_LAB_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień z korozji. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć. Ocena sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KORL_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie określać elektrochemiczne i termodynamiczne aspekty korozji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KORL_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi na podstawie badań określić przyczynę i mechanizm powstania zniszczeń korozyjnych, które może spotkać w swojej praktyce inżynierskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w trakcie laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U13, IM1_U14, IM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka KOR_LAB_U3: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KOR_LAB_KS1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać materiał do konkretnego wymagania konstrukcyjnego uwzględniając specyfikę środowiska korozyjnego pracy konstrukcji.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę uczenia się przez całe życie; potrafi inspirować i organizować proces uczenia się innych osób.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
+        <w:t xml:space="preserve">Obserwacja studenta, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U09, IM1_U13, IM1_U14, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka KOR_LAB_U4: </w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KOR_LAB_KS2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować odpowiednią ochronę przed korozją danego metalu i konstrukcji</w:t>
+        <w:t xml:space="preserve">Ma świadomość ważności i rozumie pozatechniczne aspekty i skutki działalności iżynierskiej w tym jej wpływu na środowisko i związanej z tym odpowiedzialności za podejmowane decyzje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
+        <w:t xml:space="preserve">Obserwacja studenta, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
-[...499 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_LAB_KS3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie zagrożenia dla środowiska związane z korozją materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>