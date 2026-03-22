--- v0 (2025-12-30)
+++ v1 (2026-03-22)
@@ -906,51 +906,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować kryterium pękania K=Kc do oceny ryzyka pęknięcia dla prostych przypadków </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNM_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z mechanizmami niszczenia materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>