--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -815,67 +815,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W13, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNoM I_L2_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna klasyfikacje materiałów. Student posiada wiedzę z zakresu: podstawowych grup tworzyw metalicznych, wybranych tworzyw ceramicznych, kompozytów o osnowie polimerowej, metalicznej i ceramicznej. Student posiada wiedzę z zakresu:   materiałów amorficznych i krystalicznych,. materiałów nanokrystalicznych, materiałów z gradientem struktury. Student posiada wiedzę z zakresu:   materiały we współczesnej technice, roli różnych grup materiałów w technice, głównych czynników wpływających na zastosowania poszczególnych materiałów. Student posiada wiedzę z zakresu:  podstawowe zasad doboru materiałów do różnych zastosowań, perspektywy inżynierii materiałowej,  potencjalnych możliwości rozwoju i zastosowania różnych materiałów w technice, w tym szczególnie w technologii informacyjnej, energetyce i w nowych technikach wytwarzania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie 6 tematów laboratoriów na 7 realizowanych. Zaliczenie poszczególnych tematów wymaga zaliczenia sprawdzianu z przygotowania. do zajęć oraz zaliczenia sprawozdania z części praktycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U08, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U01, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNoM I_L2_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>