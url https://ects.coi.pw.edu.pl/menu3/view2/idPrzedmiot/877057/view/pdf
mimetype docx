--- v0 (2026-01-11)
+++ v1 (2026-03-23)
@@ -887,51 +887,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wiadomości, rozmowa ze studentami  w trakcie zajęć
 oraz sprawozdanie  z tematów wykonawczych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W13, IM1_W06, IM1_W12</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W12, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -969,67 +969,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wiadomości, rozmowa ze studentami  w trakcie zajęć
 oraz sprawozdanie z tematów wykonawczych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U13, IM1_U14, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U09, IM1_U13, IM1_U14, IM1_U16, IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić aspekty ekologiczne zastosowania wybranych technologii obróbki cieplej lub powierzchniowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1113,51 +1113,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wiadomości, rozmowa ze studentami  w trakcie zajęć
 oraz sprawozdanie z tematów wykonawczych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U12</w:t>
+        <w:t xml:space="preserve">IM1_U12, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>