--- v0 (2025-12-29)
+++ v1 (2026-03-23)
@@ -923,171 +923,171 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótkie opracowanie w języku polskim i angileskim</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena promotora pracy inżynierskiej (formularz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprezentować rozwiązanie danego problemu na forum, prowadzić dyskusję z uczestnikami. Przy przygotowywaniu wystąpienia wykorzystuje technologie informacyjno-komunikacyjne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z egzaminu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U02, IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykazać się znajomością metod lub technik lub narzędzi niezbędbych do rozwiązania poruszanego w pracy problemu inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>