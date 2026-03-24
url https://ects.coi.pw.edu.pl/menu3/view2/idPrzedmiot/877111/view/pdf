--- v0 (2025-12-30)
+++ v1 (2026-03-24)
@@ -1030,347 +1030,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U16, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_U14, IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MP_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać metodę badania właściwości fizycznych i technologicznych proszków, wykonać takie badania oraz przeprowadzić analizę uzyskanych wyników</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MP_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dobrać metodę i parametry procesu zagęszczania i spiekania proszków metali oraz scharakteryzować wytworzone materiały</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MP_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MP_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać metodę badania właściwości fizycznych i technologicznych proszków, wykonać takie badania oraz przeprowadzić analizę uzyskanych wyników</w:t>
+        <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MP_U3: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MP_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dobrać metodę i parametry procesu zagęszczania i spiekania proszków metali oraz scharakteryzować wytworzone materiały</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień z metalurgii proszków. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia laboratoryjnego, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MP_KS1: </w:t>
       </w:r>
     </w:p>