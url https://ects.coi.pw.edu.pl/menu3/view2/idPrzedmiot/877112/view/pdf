--- v0 (2025-12-19)
+++ v1 (2026-03-24)
@@ -882,51 +882,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W10, IM1_W11</w:t>
+        <w:t xml:space="preserve">IM1_W11, IM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1102,67 +1102,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U12</w:t>
+        <w:t xml:space="preserve">IM1_U12, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPSML_K1: </w:t>
       </w:r>
     </w:p>
@@ -1268,51 +1268,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_K02, IM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPSML_K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie znaczenie inżynierii powierzchni dla szerokiego wykorzystania metali lekkich w technice. Ma świadomość znaczenia innowacyjnych technologii w modyfikacji warstwy wierzchniej umożliwiającej uzyskanie jak najlepszych właściwości materiałów- w budowaniu przewagi konkurencyjnej polskiej gospodarki,  świata nauki. Rozumie potrzebę przekazywania informacji o dokonanych odkryciach, osiągniętych rezultatach społeczeństwu, światu nauki, dokonywania transferu wiedzy i technologii do przemysłu, z uwzględnieniem zasad ochrony własności intelektualnej. Rozumie potrzebę uczenia się przez całe życie wynikającą z zachodzących procesów dezaktualizacji nabytej wiedzy w skutek postępu cywilizacyjnego. Ma jednocześnie poczucie odpowiedzialności za blisko- i dalekosiężne skutki decyzji technicznych na ochronę środowiska i na inne aspekty związane ze zrównoważonym rozwojem gospodarczym, społecznym i cywilizacyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>