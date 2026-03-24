--- v0 (2025-12-30)
+++ v1 (2026-03-24)
@@ -998,50 +998,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MECHB_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi charakteryzować strukturę i właściwości biomateriałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MECHB_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobierać wstępnie biomateriały na wybrane implanty </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1061,178 +1131,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MECHB_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MECHB_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi charakteryzować strukturę i właściwości biomateriałów</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić biozgodność materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MECHB_K1: </w:t>
       </w:r>
     </w:p>