--- v0 (2025-12-29)
+++ v1 (2026-03-24)
@@ -744,51 +744,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań (rysunków technicznych) wykonanych przez studenta. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04, IM1_W01</w:t>
+        <w:t xml:space="preserve">IM1_W01, IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -894,67 +894,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań (rysunków technicznych) wykonanych przez studenta. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U02, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_U07, IM1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać AutoCAD-a do tworzenia i drukowania prostych rysunków technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>