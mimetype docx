--- v0 (2025-12-29)
+++ v1 (2026-01-09)
@@ -923,67 +923,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena studenta w trakcie wykonywania ćwiczeń oraz ocena sprawozdania i kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U14, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U08, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ChL_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Na podstawie przeprowadzonych doświadczeń potrafi sformułować wnioski dotyczące równowag kwasowo-zasadowych, reakcji kompleksowania oraz red-ox, własności chemicznych drobin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>