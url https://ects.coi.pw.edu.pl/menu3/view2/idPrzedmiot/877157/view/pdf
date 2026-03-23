--- v1 (2026-01-09)
+++ v2 (2026-03-23)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ChL_W1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagadnienia z chemii nieorganicznej, ze szczególnym uwzględnieniem: równowag ustalających się w roztworze wodnym w reakcjach kwasowo-zasadowych, kompleksowania oraz utleniania-redukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -923,67 +923,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena studenta w trakcie wykonywania ćwiczeń oraz ocena sprawozdania i kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U08, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U14, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ChL_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Na podstawie przeprowadzonych doświadczeń potrafi sformułować wnioski dotyczące równowag kwasowo-zasadowych, reakcji kompleksowania oraz red-ox, własności chemicznych drobin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>