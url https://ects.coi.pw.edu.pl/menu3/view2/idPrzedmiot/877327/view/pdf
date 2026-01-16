--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
+        <w:t xml:space="preserve">IM2_W09, IM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM-W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady materiałów biomimetycznych  i metod ich formowania  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>