--- v1 (2026-01-16)
+++ v2 (2026-03-01)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W09, IM2_W07</w:t>
+        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM-W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady materiałów biomimetycznych  i metod ich formowania  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U05</w:t>
+        <w:t xml:space="preserve">IM2_U05, IM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM-U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie wykładu oraz analizy literatury fachowej student rozwija - poprzez pracę własną – umie dobrać metody pozwalające na tworzenie struktur biomimetycznych  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>