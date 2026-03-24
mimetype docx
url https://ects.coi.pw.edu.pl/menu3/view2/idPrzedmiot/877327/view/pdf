--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -889,51 +889,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM-U1: </w:t>
       </w:r>
     </w:p>
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U05, IM2_U01</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM-U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie wykładu oraz analizy literatury fachowej student rozwija - poprzez pracę własną – umie dobrać metody pozwalające na tworzenie struktur biomimetycznych  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>