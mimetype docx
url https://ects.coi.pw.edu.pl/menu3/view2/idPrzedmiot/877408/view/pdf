--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdan z cwiczen laboratoryjno-projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U09, IM2_U10, IM2_U13, IM2_U16, IM2_U19</w:t>
+        <w:t xml:space="preserve">IM2_U13, IM2_U16, IM2_U19, IM2_U09, IM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KMDMK_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi- przy formułowaniu i rozwiązywaniu problemów doboru materiałów - zastosować podejście systemowe, uwzględniające zarówno aspekty technologiczne i eksploatacyjne, jak również pozatechniczne: ekonomiczne i ekologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1029,51 +1029,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja ze studentami w trakcie zajęć. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U15, IM2_U18, IM2_U11, IM2_U13</w:t>
+        <w:t xml:space="preserve">IM2_U11, IM2_U13, IM2_U15, IM2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>