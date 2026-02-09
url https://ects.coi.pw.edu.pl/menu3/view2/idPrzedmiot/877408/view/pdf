--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdan z cwiczen laboratoryjno-projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U13, IM2_U16, IM2_U19, IM2_U09, IM2_U10</w:t>
+        <w:t xml:space="preserve">IM2_U09, IM2_U10, IM2_U13, IM2_U16, IM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KMDMK_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi- przy formułowaniu i rozwiązywaniu problemów doboru materiałów - zastosować podejście systemowe, uwzględniające zarówno aspekty technologiczne i eksploatacyjne, jak również pozatechniczne: ekonomiczne i ekologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>