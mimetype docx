--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -739,67 +739,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Dyskusja ze studentami na wykładach i w trakcie na zajęć laboratoryjno-projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W04, IM2_W05, IM2_W09</w:t>
+        <w:t xml:space="preserve">IM2_W05, IM2_W09, IM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KMDMK_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody analizy kosztów w doborze materiałów i technologii wytwarzania. Zna aspekty ekologiczne doboru materiałów i technologii materiałowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_U09, IM2_U10, IM2_U13, IM2_U16, IM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KMDMK_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi- przy formułowaniu i rozwiązywaniu problemów doboru materiałów - zastosować podejście systemowe, uwzględniające zarówno aspekty technologiczne i eksploatacyjne, jak również pozatechniczne: ekonomiczne i ekologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>