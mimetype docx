--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -884,51 +884,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji wygłoszonej podczas seminarium, aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U04, IM2_U06, IM2_U07, IM2_U10, IM2_U12, IM2_U22, IM2_U02</w:t>
+        <w:t xml:space="preserve">IM2_U02, IM2_U04, IM2_U06, IM2_U07, IM2_U10, IM2_U12, IM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>