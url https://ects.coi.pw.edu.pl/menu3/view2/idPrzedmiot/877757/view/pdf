--- v0 (2026-01-11)
+++ v1 (2026-02-09)
@@ -923,51 +923,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U04 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>