--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -773,201 +773,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna podstawy budowania modeli matematycznych procesów fizycznych i biologicznych oraz metod numerycznych rozwiązywania tych modeli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin w części teoretycznej i praktycznej. Rozwiązywanie zadań podczas ćwiczeń komputerowych. Ocena sprawozdań z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W01 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent zna podstawy budowania modeli matematycznych procesów fizycznych i biologicznych oraz metod numerycznych rozwiązywania tych modeli.</w:t>
+        <w:t xml:space="preserve">Absolwent posiada umiejętność posługiwania się oprogramowaniem do obliczeń inżynierskich MATLAB i wykorzystania tego oprogramowania do symulacji procesów fizycznych i biologicznych zachodzących w środowisku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin w części teoretycznej i praktycznej. Rozwiązywanie zadań podczas ćwiczeń komputerowych. Ocena sprawozdań z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Egzamin w części praktycznej. Rozwiązywanie zadań podczas ćwiczeń komputerowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W01 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>