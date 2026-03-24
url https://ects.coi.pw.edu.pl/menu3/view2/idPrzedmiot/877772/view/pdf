--- v0 (2026-02-09)
+++ v1 (2026-03-24)
@@ -860,271 +860,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę potrzebną do prawidłowego wykorzystania danych literaturowych w projektowaniu procesów biotechnologicznych z wykorzystaniem aparatury specjalistycznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę potrzebną do prawidłowego wykorzystania danych literaturowych w projektowaniu procesów biotechnologicznych z wykorzystaniem aparatury specjalistycznej.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność krytycznej weryfikacji poprawności danych doświadczalnych wykorzystując elementarny bilans masowy i energetyczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu nr 1, obrona projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność krytycznej weryfikacji poprawności danych doświadczalnych wykorzystując elementarny bilans masowy i energetyczny.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność, w oparciu o bilans elementarny, oszacowania wartości typowych współczynników bilansowych procesów biotechnologicznych (np. współczynnika wydajności biomasy względem substratu, współczynnika oddechowego)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu nr 1, obrona projektu, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych i biochemicznych (enzymatycznych) w bioreaktorach idealnych, z ciałem stałym i w kulturach mieszanych z wykorzystaniem biomasy wtórnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>