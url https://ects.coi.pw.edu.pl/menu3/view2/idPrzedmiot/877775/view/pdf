--- v0 (2026-02-09)
+++ v1 (2026-03-23)
@@ -830,51 +830,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin;  Dwa kolokwia w ciągu semestru z zajęć projektowych;  Zadania projektowe przygotowywane w zespołach ; Prezentacja zadań projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W03 , B2_W04 , B2_W06 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W10 , B2_W03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -916,51 +916,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W04 , B2_W06 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych z zakresu odzysku energii w oczyszczalni ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,51 +1050,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1120,51 +1120,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1270,67 +1270,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K05 , B2_K06 , B2_K01 , B2_K02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować samodzielnie rozwiązując określone zadanie technologiczne lub projektowe, pogłębiając w razie potrzeby swoją wiedzę w literaturze przedmiotu, a w przypadku trudności w rozwiązaniu problemu zasięgając opinii ekspertów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>