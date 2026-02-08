--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -770,51 +770,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pisemny egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -910,51 +910,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W02 , B2_W04 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -990,67 +990,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U01 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi dokonywać krytycznej analizy sposobu funkcjonowania i ocenić istniejące rozwiązania techniczne, w szczególności systemy, procesy i usługi oraz maszyny, urządzenia, obiekty, w odniesieniu do ich aplikacyjności w zakresie biokonwersji substratów odpadowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1060,67 +1060,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi, zgodnie z zadaną specyfiką, zaprojektować system lub proces z zakresu biokonwersji surowców odpadowych wykorzystywany w biogospodarce, używając właściwych metod, technik oraz aparatury i armatury. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1130,67 +1130,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U09 , B2_U10 , B2_U06 , B2_U07, B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>