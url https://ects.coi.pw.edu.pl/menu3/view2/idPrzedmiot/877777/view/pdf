--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -770,427 +770,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pisemny egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W02 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent ma uporządkowaną i ugruntowaną teoretycznie wiedzę o aktualnych i perspektywicznych trendach rozwojowych z zakresu biokonwersji substratów odpadowych oraz projektowania technologii biochemicznych utylizujących substraty odpadowe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">pisemny egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent ma uporządkowaną i ugruntowaną teoretycznie wiedzę o aktualnych i perspektywicznych trendach rozwojowych z zakresu biokonwersji substratów odpadowych oraz projektowania technologii biochemicznych utylizujących substraty odpadowe. </w:t>
+        <w:t xml:space="preserve">Absolwent ma szczegółową i ugruntowaną teoretycznie wiedzę pozwalającą na projektowanie procesów biokonwersji substratów odpadowych, wraz z analizą ekonomiczną zapotrzebowania na otrzymywane na skalę przemysłową produkty biokonwersji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">pisemny egzamin</w:t>
+        <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W04 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent ma szczegółową i ugruntowaną teoretycznie wiedzę pozwalającą na projektowanie procesów biokonwersji substratów odpadowych, wraz z analizą ekonomiczną zapotrzebowania na otrzymywane na skalę przemysłową produkty biokonwersji. </w:t>
+        <w:t xml:space="preserve">Absolwent potrafi biegle porozumiewać się przy użyciu różnych technik (ustnych, pisemnych, wizualnych, technicznych, pracy w grupie) w środowisku zawodowym specjalistów z zakresu biogospodarki i innych środowiskach zawodowych pokrewnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U01 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent potrafi dokonywać krytycznej analizy sposobu funkcjonowania i ocenić istniejące rozwiązania techniczne, w szczególności systemy, procesy i usługi oraz maszyny, urządzenia, obiekty, w odniesieniu do ich aplikacyjności w zakresie biokonwersji substratów odpadowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent potrafi, zgodnie z zadaną specyfiką, zaprojektować system lub proces z zakresu biokonwersji surowców odpadowych wykorzystywany w biogospodarce, używając właściwych metod, technik oraz aparatury i armatury. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U10 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>