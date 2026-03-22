--- v2 (2026-03-01)
+++ v3 (2026-03-22)
@@ -786,411 +786,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent ma uporządkowaną i ugruntowaną teoretycznie wiedzę o aktualnych i perspektywicznych trendach rozwojowych z zakresu biokonwersji substratów odpadowych oraz projektowania technologii biochemicznych utylizujących substraty odpadowe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">pisemny egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent ma szczegółową i ugruntowaną teoretycznie wiedzę pozwalającą na projektowanie procesów biokonwersji substratów odpadowych, wraz z analizą ekonomiczną zapotrzebowania na otrzymywane na skalę przemysłową produkty biokonwersji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W07 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent ma uporządkowaną i ugruntowaną teoretycznie wiedzę o aktualnych i perspektywicznych trendach rozwojowych z zakresu biokonwersji substratów odpadowych oraz projektowania technologii biochemicznych utylizujących substraty odpadowe. </w:t>
+        <w:t xml:space="preserve">Absolwent potrafi biegle porozumiewać się przy użyciu różnych technik (ustnych, pisemnych, wizualnych, technicznych, pracy w grupie) w środowisku zawodowym specjalistów z zakresu biogospodarki i innych środowiskach zawodowych pokrewnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">pisemny egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W04 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U05 , B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent ma szczegółową i ugruntowaną teoretycznie wiedzę pozwalającą na projektowanie procesów biokonwersji substratów odpadowych, wraz z analizą ekonomiczną zapotrzebowania na otrzymywane na skalę przemysłową produkty biokonwersji. </w:t>
+        <w:t xml:space="preserve">Absolwent potrafi dokonywać krytycznej analizy sposobu funkcjonowania i ocenić istniejące rozwiązania techniczne, w szczególności systemy, procesy i usługi oraz maszyny, urządzenia, obiekty, w odniesieniu do ich aplikacyjności w zakresie biokonwersji substratów odpadowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent potrafi, zgodnie z zadaną specyfiką, zaprojektować system lub proces z zakresu biokonwersji surowców odpadowych wykorzystywany w biogospodarce, używając właściwych metod, technik oraz aparatury i armatury. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">praca domowa, seminarium, sprawozdanie, zaliczenie zadania projektowego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>