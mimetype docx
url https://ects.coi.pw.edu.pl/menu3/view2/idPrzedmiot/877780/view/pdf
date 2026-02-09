--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -736,51 +736,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ustne lub pisemne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W07 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -956,67 +956,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny lub ustny, sprawozdania z wykonanych eksperymentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U07, B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U11 , B2_U13 , B2_U14 , B2_U03 , B2_U05 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi określić warunki prowadzenia procesów mikrobiologicznych i opracować proces wytwarzania produktów użytecznych z biomasy odpadowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1096,67 +1096,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemny lub ustny egzamin, sprawozdania z przeprowadzonych eksperymentów laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U08, B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>