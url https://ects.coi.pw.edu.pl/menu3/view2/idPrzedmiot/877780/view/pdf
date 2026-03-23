--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -736,51 +736,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ustne lub pisemne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W04 , B2_W07 , B2_W02 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -806,357 +806,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium ustne lub pisemne, udział w zajęciach laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę w zakresie metod odzyskiwania produktu końcowego w procesach biotechnologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne lub ustne, zaliczenie sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W07 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę w zakresie metod odzyskiwania produktu końcowego w procesach biotechnologicznych.</w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić możliwość zastosowania metod biologicznych do otrzymywania produktów użytecznych z biomasy odpadowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne lub ustne, zaliczenie sprawozdań.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny lub ustny, sprawozdania z wykonanych eksperymentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U07, B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi ocenić możliwość zastosowania metod biologicznych do otrzymywania produktów użytecznych z biomasy odpadowej.</w:t>
+        <w:t xml:space="preserve">Student potrafi określić warunki prowadzenia procesów mikrobiologicznych i opracować proces wytwarzania produktów użytecznych z biomasy odpadowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny lub ustny, sprawozdania z wykonanych eksperymentów</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny lub ustny, sprawozdania z przeprowadzonych eksperymentów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U11 , B2_U13 , B2_U14 , B2_U03 , B2_U05 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U11 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi określić warunki prowadzenia procesów mikrobiologicznych i opracować proces wytwarzania produktów użytecznych z biomasy odpadowej.</w:t>
+        <w:t xml:space="preserve">Student potrafi dokonać krytycznej analizy sposobu funkcjonowania istniejących rozwiązań biotechnologicznych, zawierającej opis zastosowanych metod i uzyskane wyniki badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny lub ustny, sprawozdania z przeprowadzonych eksperymentów.</w:t>
+        <w:t xml:space="preserve">Pisemny lub ustny egzamin, sprawozdania z przeprowadzonych eksperymentów laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U11 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>