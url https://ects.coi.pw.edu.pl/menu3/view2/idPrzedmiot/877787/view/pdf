--- v0 (2026-02-10)
+++ v1 (2026-03-26)
@@ -835,51 +835,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozumie znaczenie technik wykorzystania surowców wtórnych, zna bieżące trendy w technologii oraz kierunki polityki środowiskowej, łącznie z jej konsekwencjami społeczno-ekonomicznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -969,67 +969,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonywanie zadań na zajęciach, kolokwium zaliczeniowe z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U01 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaproponować modyfikację istniejących metod/systemów zagospodarowania surowców wtórnych, tak aby spełniały kryteria efektywności ekonomicznej i środowiskowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>