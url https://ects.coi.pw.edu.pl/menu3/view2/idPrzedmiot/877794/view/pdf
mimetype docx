--- v0 (2025-12-24)
+++ v1 (2026-02-09)
@@ -759,67 +759,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W02 , B2_W03 , B2_W07 , B2_W08 </w:t>
+        <w:t xml:space="preserve">B2_W11 , B2_W02 , B2_W03 , B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Specjalistyczna wiedza w zakresie procesów i systemów niezbędnych w przetwarzaniu odpadów przemysłowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W03 , B2_W06 , B2_W02 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -979,67 +979,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności wykorzystywania procesów i systemów niezbędnych w przetwarzaniu odpadów przemysłowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1049,67 +1049,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność prowadzenia badań naukowych w zakresie odpadów przemysłowych, stanowiących zasoby biogospodarki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>