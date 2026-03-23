--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -759,67 +759,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W02 , B2_W03 , B2_W07 , B2_W08 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W07 , B2_W08 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Specjalistyczna wiedza w zakresie procesów i systemów niezbędnych w przetwarzaniu odpadów przemysłowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W07 , B2_W08 , B2_W10 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_W03 , B2_W07 , B2_W08 , B2_W10 , B2_W11 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności wykorzystywania procesów i systemów niezbędnych w przetwarzaniu odpadów przemysłowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność prowadzenia badań naukowych w zakresie odpadów przemysłowych, stanowiących zasoby biogospodarki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1119,67 +1119,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U07, B2_U04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>