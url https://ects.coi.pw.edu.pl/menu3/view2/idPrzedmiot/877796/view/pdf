--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -918,67 +918,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, wyszukanie źródeł literaturowych, oraz zebranie informacji dotyczących rozwiązań stosowanych w oczyszczaniu ścieków przemysłowych, przedstawienie oceny uzyskanych podczas zajęć laboratoryjnych wyników
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U14 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi planować i prowadzić eksperymenty w dziedzinie oczyszczania ścieków z przemysłu spożywczego metodami fizyko-chemicznymi i biologicznymi , formułować i testować hipotezy wykorzystując właściwe metody i narzędzia wspomagające oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,67 +1058,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Grupowe przedstawienie wyników eksperymentu prowadzonego na zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U11 , B2_U13 , B2_U08, B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>