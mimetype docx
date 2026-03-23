--- v1 (2026-02-11)
+++ v2 (2026-03-23)
@@ -918,67 +918,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, wyszukanie źródeł literaturowych, oraz zebranie informacji dotyczących rozwiązań stosowanych w oczyszczaniu ścieków przemysłowych, przedstawienie oceny uzyskanych podczas zajęć laboratoryjnych wyników
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi planować i prowadzić eksperymenty w dziedzinie oczyszczania ścieków z przemysłu spożywczego metodami fizyko-chemicznymi i biologicznymi , formułować i testować hipotezy wykorzystując właściwe metody i narzędzia wspomagające oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U02 - przeprowadzenie eksperymentów badawczych na zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U04 , B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi dokonywać krytycznej analizy istniejących rozwiązań technicznych poprzez zapoznanie się z róznymi rozwiązaniami pozwalającymi na oczyszczanie wybranego rodzaju ścieków przemysłowych. Na podstawie zdobytej wiedzy potrafi zaprojektować proces technologiczny. Absolwent ma umiejętność pracy w zespole, potrafi komunikować się na tematy specjalistyczne oraz prowadzić debatę specjalistyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,67 +1058,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Grupowe przedstawienie wyników eksperymentu prowadzonego na zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U11 , B2_U13 , B2_U08, B2_U09 , B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>